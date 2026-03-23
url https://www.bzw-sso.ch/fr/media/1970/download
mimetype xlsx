--- v0 (2025-11-07)
+++ v1 (2026-03-23)
@@ -11,60 +11,60 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://websso.sharepoint.com/sites/SSOGeneralsekretariat/Freigegebene Dokumente/General/BZW/Fachgesellschaften/Private Titel/Allgemeine Zahnmedizin/Rezertifizierungen/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://websso.sharepoint.com/sites/SSOGeneralsekretariat/Freigegebene Dokumente/General/BZW/AA_Neu/02 private Titel/allg Zahnmed/WBA/Rezertifizierungen/Beilagen/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="384" documentId="8_{2C93F9BE-B7B9-4B7B-85BB-F798680F20F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5EFE6D0A-BB46-4676-9E25-BC911829AC7B}"/>
+  <xr:revisionPtr revIDLastSave="387" documentId="8_{2C93F9BE-B7B9-4B7B-85BB-F798680F20F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8936F18E-C0FD-479D-A7F4-8137FD05008A}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C58EC9DA-DBCD-4FF9-9342-7826E0576477}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C58EC9DA-DBCD-4FF9-9342-7826E0576477}"/>
   </bookViews>
   <sheets>
     <sheet name="Attestation de form. cont. " sheetId="1" r:id="rId1"/>
     <sheet name="Daten" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1379,51 +1379,51 @@
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="de-CH" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>dont au moins </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-CH" sz="1100" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>80h</a:t>
+            <a:t>60h</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-CH" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-CH" sz="1100" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>SSO + Uni</a:t>
           </a:r>
@@ -4605,51 +4605,51 @@
       <c r="J201" s="8"/>
       <c r="K201" s="9"/>
     </row>
     <row r="202" spans="7:14" x14ac:dyDescent="0.25">
       <c r="G202" s="7"/>
       <c r="H202" s="8"/>
       <c r="I202" s="8"/>
       <c r="J202" s="8"/>
       <c r="K202" s="9"/>
     </row>
     <row r="203" spans="7:14" x14ac:dyDescent="0.25">
       <c r="G203" s="7"/>
       <c r="H203" s="8"/>
       <c r="I203" s="8"/>
       <c r="J203" s="8"/>
       <c r="K203" s="9"/>
     </row>
     <row r="204" spans="7:14" x14ac:dyDescent="0.25">
       <c r="G204" s="10"/>
       <c r="H204" s="11"/>
       <c r="I204" s="11"/>
       <c r="J204" s="11"/>
       <c r="K204" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ripPDnUXjc3kesMEjbqhgf16YmgsRqa2dvoz2ZAV6vTKFOjadeGbbQWMo0cWZfuss30MJKWOrVSwaPaNxHXlFg==" saltValue="UTwtW5HUC9m+6WyVzTOMug==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cAoj1FjVAmQlSaJMJ102QiH3G3nLAamxSycT6X307XC8NOkq6MloJFqG0yiSlK0afnbUIedfvX3DwPTXO/N+Xw==" saltValue="n8b5qISZDn0iI5wVJl7n7g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5B8BA120-8AEB-4E83-B9CE-F1D25C66BA1B}">
           <x14:formula1>
             <xm:f>Daten!$A$2:$A$7</xm:f>
           </x14:formula1>
           <xm:sqref>J8:J204</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A4710E69-E979-4522-AC76-7DD9964F072F}">
           <x14:formula1>
             <xm:f>Daten!$C$2:$C$3</xm:f>
           </x14:formula1>
           <xm:sqref>I8:I204</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
@@ -4719,52 +4719,75 @@
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <tableParts count="2">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006DF1ADD1AEEAD44783A181164AE411BA" ma:contentTypeVersion="14" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="4e9cb7262f191c66b6f099766ba1ad91">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8083b51b-901e-4338-a835-8f0552620e67" xmlns:ns3="7ce077c9-d530-4cbe-ab9d-ffac763c187a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37a2b142db8f16d90d98a7908d7612a3" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ce077c9-d530-4cbe-ab9d-ffac763c187a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8083b51b-901e-4338-a835-8f0552620e67">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B U D A A B Q S w M E F A A C A A g A y n i d W m v M V g K l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T l o q J I T 9 l Y H G Q x M T E u D a l Q i M U Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 + Q j W 0 T X F R v d W d S F G G K A m V k V 2 p T p W h w x 3 C F M g 5 b I U + i U s E k G 5 u M t k x R 7 d w 5 I c R 7 j / 0 C d 3 1 F G K U R O R S b n a x V K 9 B H 1 v / l U B v r h J E K c d i / x n C G o 5 j i m C 4 x B T J D K L T 5 C m z a + 2 x / I O R D 4 4 Z e 8 V K F + R r I H I G 8 P / A H U E s D B B Q A A g A I A M p 4 n V o P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D K e J 1 a K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A D K e J 1 a a 8 x W A q U A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y n i d W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K e J 1 a K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 9 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A q Z R 4 c X D p 6 E G a 3 7 j A 7 2 1 V s g A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C 9 v o A B Y V o M d S s 9 E 5 i K z + u C U l I u V b 3 C Y A W 7 x 3 Z N r W y H y Q A A A A A O g A A A A A I A A C A A A A A U k E F r o 8 / 6 c N 2 M o 8 F 7 + S f G a u g i Z I a + b 3 b 4 B x w J y V a + o l A A A A A d e d 4 3 k G R r O O Y 5 c L x 9 C R 3 n P 3 y E I H Y w v g U r 2 G 1 3 B 9 i N V A l Q T 4 f k X c / O M 1 W S O / Y 7 f 7 c n I / x U 1 B 5 c 0 N u z d u Q R s i y m 3 o g l T Q w D g l x k 5 / W Z L x d Z e U A A A A A N / / A w P y v M i p Z e a f D 9 N V k H y A 0 f y r e 1 0 e y d 1 P h w 3 Q G 0 e i p x 1 8 B A x q k S R N Q f I x 8 r 2 J Z C M d u I f e S K f a O t p N V S B S g 9 < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006DF1ADD1AEEAD44783A181164AE411BA" ma:contentTypeVersion="14" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="75160f501d3eaaea8bdeb80f73775bc5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8083b51b-901e-4338-a835-8f0552620e67" xmlns:ns3="7ce077c9-d530-4cbe-ab9d-ffac763c187a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="316f667ce9ba6e93a10ea6bdd38f72d2" ns2:_="" ns3:_="">
     <xsd:import namespace="8083b51b-901e-4338-a835-8f0552620e67"/>
     <xsd:import namespace="7ce077c9-d530-4cbe-ab9d-ffac763c187a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -4931,115 +4954,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B U D A A B Q S w M E F A A C A A g A y n i d W m v M V g K l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T l o q J I T 9 l Y H G Q x M T E u D a l Q i M U Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 + Q j W 0 T X F R v d W d S F G G K A m V k V 2 p T p W h w x 3 C F M g 5 b I U + i U s E k G 5 u M t k x R 7 d w 5 I c R 7 j / 0 C d 3 1 F G K U R O R S b n a x V K 9 B H 1 v / l U B v r h J E K c d i / x n C G o 5 j i m C 4 x B T J D K L T 5 C m z a + 2 x / I O R D 4 4 Z e 8 V K F + R r I H I G 8 P / A H U E s D B B Q A A g A I A M p 4 n V o P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D K e J 1 a K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A D K e J 1 a a 8 x W A q U A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y n i d W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K e J 1 a K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 9 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A q Z R 4 c X D p 6 E G a 3 7 j A 7 2 1 V s g A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C 9 v o A B Y V o M d S s 9 E 5 i K z + u C U l I u V b 3 C Y A W 7 x 3 Z N r W y H y Q A A A A A O g A A A A A I A A C A A A A A U k E F r o 8 / 6 c N 2 M o 8 F 7 + S f G a u g i Z I a + b 3 b 4 B x w J y V a + o l A A A A A d e d 4 3 k G R r O O Y 5 c L x 9 C R 3 n P 3 y E I H Y w v g U r 2 G 1 3 B 9 i N V A l Q T 4 f k X c / O M 1 W S O / Y 7 f 7 c n I / x U 1 B 5 c 0 N u z d u Q R s i y m 3 o g l T Q w D g l x k 5 / W Z L x d Z e U A A A A A N / / A w P y v M i p Z e a f D 9 N V k H y A 0 f y r e 1 0 e y d 1 P h w 3 Q G 0 e i p x 1 8 B A x q k S R N Q f I x 8 r 2 J Z C M d u I f e S K f a O t p N V S B S g 9 < / D a t a M a s h u p > 
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD0EAE24-05C8-4C82-B32F-86FBEFA16E50}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE09A42D-5E16-4ABB-BD7A-1DB5B513A9B7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ce077c9-d530-4cbe-ab9d-ffac763c187a"/>
+    <ds:schemaRef ds:uri="8083b51b-901e-4338-a835-8f0552620e67"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A25DD579-C590-4189-BF06-6E9A8214248C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B3F584E-9032-4D17-A952-FB9E16D63542}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB546E6D-7846-413E-B488-1926DCC12232}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8083b51b-901e-4338-a835-8f0552620e67"/>
     <ds:schemaRef ds:uri="7ce077c9-d530-4cbe-ab9d-ffac763c187a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Attestation de form. cont. </vt:lpstr>
       <vt:lpstr>Daten</vt:lpstr>
     </vt:vector>